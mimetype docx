--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -575,75 +575,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>please tick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2EF121" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRDefault="003749D4" w:rsidP="00CC7487">
+    <w:p w14:paraId="7C2EF121" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRDefault="00000000" w:rsidP="00CC7487">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="6703A772">
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:86.25pt;margin-top:13.85pt;width:21pt;height:15.75pt;z-index:251657728">
-            <v:textbox style="mso-next-textbox:#_x0000_s1026">
+          <v:shape id="_x0000_s2050" type="#_x0000_t202" style="position:absolute;margin-left:86.25pt;margin-top:13.85pt;width:21pt;height:15.75pt;z-index:1">
+            <v:textbox style="mso-next-textbox:#_x0000_s2050">
               <w:txbxContent>
                 <w:p w14:paraId="37105265" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRDefault="008A1B98" w:rsidP="008A1B98"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE5759A" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRPr="00A85B08" w:rsidRDefault="00A85B08" w:rsidP="008A1B98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A85B08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="625A90"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -793,207 +793,278 @@
             <w:tcW w:w="5386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="745CA0C8" w14:textId="77777777" w:rsidR="008A1B98" w:rsidRPr="002304A5" w:rsidRDefault="008A1B98" w:rsidP="00282708">
             <w:pPr>
               <w:pStyle w:val="CM8"/>
               <w:spacing w:after="200" w:line="363" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="RotisSansSerif"/>
                 <w:color w:val="221E1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7665A4D8" w14:textId="77777777" w:rsidR="007E601F" w:rsidRPr="00E72748" w:rsidRDefault="007E601F" w:rsidP="007E601F">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3471DB38" w14:textId="40CBF618" w:rsidR="008A1B98" w:rsidRDefault="008A1B98" w:rsidP="008A1B98">
+    <w:p w14:paraId="3471DB38" w14:textId="73A09EB2" w:rsidR="008A1B98" w:rsidRPr="0094578C" w:rsidRDefault="008A1B98" w:rsidP="0094578C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:left="284" w:right="-26"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E72748">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please return </w:t>
       </w:r>
       <w:r w:rsidR="00295237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:r w:rsidRPr="00E72748">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> completed Request to Register form direct to </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed Request to Register form direct to </w:t>
+      </w:r>
+      <w:r w:rsidR="00820ACC" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00391B39">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="00391B39" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> BSCH</w:t>
       </w:r>
-      <w:r w:rsidR="00820ACC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="00820ACC" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A2A44">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="000A2A44" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>secretary</w:t>
       </w:r>
-      <w:r w:rsidR="003749D4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidR="003749D4" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="0023161C" w:rsidRPr="0023161C">
+        <w:r w:rsidR="0023161C" w:rsidRPr="0094578C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>sec@bsch.org.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A2A44">
+      <w:r w:rsidR="000A2A44" w:rsidRPr="0094578C">
         <w:rPr>
           <w:rStyle w:val="bolder"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or by post </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="000A2A44">
+      <w:r w:rsidR="000A2A44" w:rsidRPr="0094578C">
         <w:rPr>
           <w:rStyle w:val="bolder"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="000A2A44">
+      <w:r w:rsidR="000A2A44" w:rsidRPr="0094578C">
         <w:rPr>
           <w:rStyle w:val="bolder"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 125 Queensgate, Bridlington, East Yorkshire YO16 7JQ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00456D01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00581A64" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11 Glen Luss Gardens</w:t>
+      </w:r>
+      <w:r w:rsidR="00581A64" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00581A64" w:rsidRPr="00581A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Craigmarloch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0094578C" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00581A64" w:rsidRPr="00581A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cumbernauld</w:t>
+      </w:r>
+      <w:r w:rsidR="0094578C" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00581A64" w:rsidRPr="00581A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G68 0DJ</w:t>
+      </w:r>
+      <w:r w:rsidR="0094578C" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00456D01" w:rsidRPr="0094578C">
         <w:rPr>
           <w:rStyle w:val="bolder"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Tel: </w:t>
       </w:r>
-      <w:r w:rsidR="00456D01" w:rsidRPr="008A4682">
-[...6 lines deleted...]
-        <w:t>01262 403 103</w:t>
+      <w:r w:rsidR="00581A64" w:rsidRPr="0094578C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07597 343703</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF3CACA" w14:textId="77777777" w:rsidR="00605EF9" w:rsidRDefault="00605EF9" w:rsidP="00605EF9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:right="-26"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5861182C" w14:textId="77777777" w:rsidR="003749D4" w:rsidRDefault="003749D4" w:rsidP="00605EF9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="231" w:lineRule="atLeast"/>
         <w:ind w:right="-26"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="221E1F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1296,61 +1367,61 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.cnhc.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00CC7487" w:rsidRPr="00605EF9" w:rsidSect="007E601F">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="412A2402" w14:textId="77777777" w:rsidR="00DD36C5" w:rsidRDefault="00DD36C5" w:rsidP="005310F1">
+    <w:p w14:paraId="70F98B86" w14:textId="77777777" w:rsidR="00F4126F" w:rsidRDefault="00F4126F" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02DED961" w14:textId="77777777" w:rsidR="00DD36C5" w:rsidRDefault="00DD36C5" w:rsidP="005310F1">
+    <w:p w14:paraId="00345F68" w14:textId="77777777" w:rsidR="00F4126F" w:rsidRDefault="00F4126F" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1374,171 +1445,172 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4EBC8218" w14:textId="77777777" w:rsidR="005310F1" w:rsidRDefault="003749D4" w:rsidP="007E601F">
+  <w:p w14:paraId="4EBC8218" w14:textId="77777777" w:rsidR="005310F1" w:rsidRDefault="00000000" w:rsidP="007E601F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-1474"/>
     </w:pPr>
     <w:r>
       <w:pict w14:anchorId="6CFB71BE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:599pt;height:49pt">
           <v:imagedata r:id="rId1" o:title="CNHC letterhead - footer_no address"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="73419C26">
-        <v:shape id="Picture 1" o:spid="_x0000_s2049" type="#_x0000_t75" alt="l-h cont footer.jpg" style="position:absolute;left:0;text-align:left;margin-left:-149.25pt;margin-top:734.25pt;width:682.5pt;height:37.5pt;z-index:251657728;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin">
+        <v:shape id="Picture 1" o:spid="_x0000_s1025" type="#_x0000_t75" alt="l-h cont footer.jpg" style="position:absolute;left:0;text-align:left;margin-left:-149.25pt;margin-top:734.25pt;width:682.5pt;height:37.5pt;z-index:1;visibility:visible;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin">
           <v:imagedata r:id="rId2" o:title="l-h cont footer"/>
           <w10:wrap type="square" anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1870698C" w14:textId="77777777" w:rsidR="00DD36C5" w:rsidRDefault="00DD36C5" w:rsidP="005310F1">
+    <w:p w14:paraId="5365A878" w14:textId="77777777" w:rsidR="00F4126F" w:rsidRDefault="00F4126F" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EE80E42" w14:textId="77777777" w:rsidR="00DD36C5" w:rsidRDefault="00DD36C5" w:rsidP="005310F1">
+    <w:p w14:paraId="6C991106" w14:textId="77777777" w:rsidR="00F4126F" w:rsidRDefault="00F4126F" w:rsidP="005310F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2FA92E0F" w14:textId="77777777" w:rsidR="005310F1" w:rsidRDefault="003749D4" w:rsidP="007E601F">
+  <w:p w14:paraId="2FA92E0F" w14:textId="77777777" w:rsidR="005310F1" w:rsidRDefault="00000000" w:rsidP="007E601F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-2154"/>
     </w:pPr>
     <w:r>
       <w:pict w14:anchorId="0B2030C3">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:646.5pt;height:112.5pt">
           <v:imagedata r:id="rId1" o:title="CNHC letterhead - header"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
@@ -1552,131 +1624,136 @@
     <w:rsid w:val="000351EE"/>
     <w:rsid w:val="000739F3"/>
     <w:rsid w:val="000A2A44"/>
     <w:rsid w:val="000D5CD5"/>
     <w:rsid w:val="00104AE5"/>
     <w:rsid w:val="00132798"/>
     <w:rsid w:val="00152497"/>
     <w:rsid w:val="001A4116"/>
     <w:rsid w:val="001C096A"/>
     <w:rsid w:val="001F33C2"/>
     <w:rsid w:val="0023161C"/>
     <w:rsid w:val="00270ADC"/>
     <w:rsid w:val="00282708"/>
     <w:rsid w:val="00287A6D"/>
     <w:rsid w:val="00295237"/>
     <w:rsid w:val="002F39C1"/>
     <w:rsid w:val="00330D9E"/>
     <w:rsid w:val="003749D4"/>
     <w:rsid w:val="00381B8A"/>
     <w:rsid w:val="00391B39"/>
     <w:rsid w:val="003C5591"/>
     <w:rsid w:val="00405C5C"/>
     <w:rsid w:val="00445D12"/>
     <w:rsid w:val="00454230"/>
     <w:rsid w:val="00456D01"/>
+    <w:rsid w:val="004C2C80"/>
     <w:rsid w:val="004E2A82"/>
     <w:rsid w:val="0050254B"/>
     <w:rsid w:val="005310F1"/>
+    <w:rsid w:val="00581A64"/>
     <w:rsid w:val="00592AF7"/>
     <w:rsid w:val="005C671F"/>
     <w:rsid w:val="005F5AA2"/>
     <w:rsid w:val="00605EF9"/>
     <w:rsid w:val="006343F0"/>
     <w:rsid w:val="0064400E"/>
     <w:rsid w:val="00656CF8"/>
     <w:rsid w:val="006F59FF"/>
+    <w:rsid w:val="00723DF0"/>
     <w:rsid w:val="00764B17"/>
     <w:rsid w:val="007823A0"/>
     <w:rsid w:val="00793BA0"/>
     <w:rsid w:val="007E601F"/>
     <w:rsid w:val="00820ACC"/>
     <w:rsid w:val="00856C8C"/>
     <w:rsid w:val="008A1B98"/>
     <w:rsid w:val="008A4682"/>
     <w:rsid w:val="008B2E67"/>
     <w:rsid w:val="00911757"/>
     <w:rsid w:val="00914FE8"/>
+    <w:rsid w:val="0094578C"/>
     <w:rsid w:val="009A5EC7"/>
     <w:rsid w:val="009E6848"/>
     <w:rsid w:val="009E7D9B"/>
     <w:rsid w:val="00A144B7"/>
     <w:rsid w:val="00A5391E"/>
     <w:rsid w:val="00A54347"/>
     <w:rsid w:val="00A561CF"/>
     <w:rsid w:val="00A56952"/>
     <w:rsid w:val="00A85B08"/>
     <w:rsid w:val="00A97FEA"/>
     <w:rsid w:val="00AB3289"/>
     <w:rsid w:val="00AE79CF"/>
     <w:rsid w:val="00AE7D2E"/>
     <w:rsid w:val="00B27DB7"/>
     <w:rsid w:val="00B3792B"/>
     <w:rsid w:val="00B448E9"/>
     <w:rsid w:val="00B83F28"/>
     <w:rsid w:val="00B86947"/>
     <w:rsid w:val="00BD6B68"/>
     <w:rsid w:val="00C3505E"/>
     <w:rsid w:val="00C7358C"/>
     <w:rsid w:val="00C818C2"/>
     <w:rsid w:val="00C825B6"/>
     <w:rsid w:val="00CA3289"/>
     <w:rsid w:val="00CC7487"/>
     <w:rsid w:val="00CD487D"/>
     <w:rsid w:val="00D25ABA"/>
     <w:rsid w:val="00D31B84"/>
     <w:rsid w:val="00DD36C5"/>
     <w:rsid w:val="00DF7738"/>
     <w:rsid w:val="00E440DA"/>
     <w:rsid w:val="00E72748"/>
     <w:rsid w:val="00E73EDB"/>
     <w:rsid w:val="00ED02ED"/>
     <w:rsid w:val="00F00B5F"/>
+    <w:rsid w:val="00F4126F"/>
     <w:rsid w:val="00F707ED"/>
     <w:rsid w:val="00FC1F25"/>
     <w:rsid w:val="00FC3478"/>
     <w:rsid w:val="00FF0C28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="18617624"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5D7C0DED-467D-4DC0-A228-E2A79C611C5D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2048,51 +2125,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C3505E"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -2606,52 +2682,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B9E75A6D5E38141B5903EEF15154203" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="698a41081b15fd14dc48645836c66a8d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="836df31f-1ed8-4394-a76e-948fb4f44bdc" xmlns:ns3="5809c711-f615-46d8-95c6-f30af2dc9556" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="066ba064214dbc15046d86bbff23f707" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008B9E75A6D5E38141B5903EEF15154203" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="762597384d5c83ef214b3fd935a3af8d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="836df31f-1ed8-4394-a76e-948fb4f44bdc" xmlns:ns3="5809c711-f615-46d8-95c6-f30af2dc9556" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e55dce881d7ea5fd86f37bc9f8ea8239" ns2:_="" ns3:_="">
     <xsd:import namespace="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <xsd:import namespace="5809c711-f615-46d8-95c6-f30af2dc9556"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2854,150 +2934,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="836df31f-1ed8-4394-a76e-948fb4f44bdc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5809c711-f615-46d8-95c6-f30af2dc9556" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC78FC1C-B65B-4998-9BD1-73BC756085F2}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C388736-3938-41AC-A197-55920E3E35F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51789EC1-A333-4EEA-95D9-33165454C0D8}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0B7CAA6-6F05-4940-A26C-E0F4DA122534}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67CC9AA7-2B1F-418E-8D92-B321F15A0FAE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="836df31f-1ed8-4394-a76e-948fb4f44bdc"/>
     <ds:schemaRef ds:uri="5809c711-f615-46d8-95c6-f30af2dc9556"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>187</Words>
-  <Characters>1071</Characters>
+  <Words>199</Words>
+  <Characters>1061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CNHC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1256</CharactersWithSpaces>
+  <CharactersWithSpaces>1240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3735584</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.cnhc.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946825</vt:i4>
       </vt:variant>
       <vt:variant>